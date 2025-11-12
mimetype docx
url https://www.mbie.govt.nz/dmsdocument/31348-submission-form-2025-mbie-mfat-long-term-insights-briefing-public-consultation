--- v0 (2025-10-23)
+++ v1 (2025-11-12)
@@ -456,71 +456,51 @@
       <w:r w:rsidRPr="00243066">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> questions</w:t>
       </w:r>
       <w:r w:rsidR="00352212" w:rsidRPr="00243066">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> that follow</w:t>
       </w:r>
       <w:r w:rsidRPr="00243066">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. You can answer any or </w:t>
-[...19 lines deleted...]
-        <w:t xml:space="preserve"> these questions in the</w:t>
+        <w:t>. You can answer any or all of these questions in the</w:t>
       </w:r>
       <w:r w:rsidR="002426CD" w:rsidRPr="00243066">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="005C2B63" w:rsidRPr="00243066">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:t>consultation</w:t>
       </w:r>
       <w:r w:rsidR="002426CD" w:rsidRPr="00243066">
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:eastAsia="Calibri" w:hAnsi="Calibri" w:cs="Times New Roman"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="en-GB"/>
@@ -765,57 +745,506 @@
       </w:r>
       <w:r w:rsidR="00A45A27" w:rsidRPr="00243066">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38A67C5B" w14:textId="77777777" w:rsidR="00483347" w:rsidRDefault="00483347" w:rsidP="00A45A27">
       <w:pPr>
         <w:rPr>
           <w:lang w:eastAsia="en-GB"/>
         </w:rPr>
         <w:sectPr w:rsidR="00483347" w:rsidSect="00EE2564">
           <w:headerReference w:type="default" r:id="rId12"/>
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:headerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="11906" w:h="16838"/>
           <w:pgMar w:top="2874" w:right="1418" w:bottom="1418" w:left="1418" w:header="0" w:footer="459" w:gutter="0"/>
           <w:cols w:space="708"/>
           <w:docGrid w:linePitch="360"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="65FD73B1" w14:textId="77777777" w:rsidR="00104B50" w:rsidRPr="00C1103D" w:rsidRDefault="00104B50" w:rsidP="00FD5942">
+    <w:p w14:paraId="31002AB1" w14:textId="1CCDBCB8" w:rsidR="00524185" w:rsidRDefault="00524185" w:rsidP="00FD4684">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
+        <w:spacing w:after="120"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="_Toc69002629"/>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Privacy </w:t>
+      </w:r>
+      <w:r w:rsidR="00C23125">
+        <w:t>Act 2020</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10443FFC" w14:textId="4A34BD50" w:rsidR="005C6BE9" w:rsidRPr="00243066" w:rsidRDefault="00C23125" w:rsidP="00FD4684">
+      <w:pPr>
+        <w:pStyle w:val="ListParagraph"/>
+        <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00243066">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">MBIE and MFAT intend to publish a summary of submissions received, plus the names of organisations/individuals that made a submission.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49C9F612" w14:textId="3DD30F36" w:rsidR="00C23125" w:rsidRPr="005C6BE9" w:rsidRDefault="005C6BE9" w:rsidP="00FD4684">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="005C6BE9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>Please check if you do not wish</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> your</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005C6BE9">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> personal information to be published</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9112" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="8545"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C23125" w:rsidRPr="00243066" w14:paraId="1687B4B1" w14:textId="77777777" w:rsidTr="001354F0">
+        <w:trPr>
+          <w:trHeight w:val="789"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="63F1E9ED" w14:textId="77777777" w:rsidR="00C23125" w:rsidRPr="00243066" w:rsidRDefault="00C23125" w:rsidP="001354F0">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="360403012"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidRPr="00243066">
+                  <w:rPr>
+                    <w:rFonts w:ascii="Segoe UI Symbol" w:eastAsia="MS Gothic" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00243066">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8545" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="52A81DAF" w14:textId="77777777" w:rsidR="00C23125" w:rsidRPr="00243066" w:rsidRDefault="00C23125" w:rsidP="00FD4684">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="28D212FB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The Privacy Act </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>2020</w:t>
+            </w:r>
+            <w:r w:rsidRPr="28D212FB">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> applies to submissions. Please tick the box if you do not wish your name or other personal information to be included in any information about submissions that MBIE and MFAT may publish. </w:t>
+            </w:r>
+            <w:r>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6F2BB647" w14:textId="77777777" w:rsidR="00C23125" w:rsidRPr="00B111B7" w:rsidRDefault="00C23125" w:rsidP="00C23125">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="2"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AFCA2AC" w14:textId="77777777" w:rsidR="00C23125" w:rsidRPr="00243066" w:rsidRDefault="00C23125" w:rsidP="00FD4684">
+      <w:pPr>
+        <w:spacing w:after="80" w:line="240" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="2" w:name="_Energy_efficiency_for_1"/>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00243066">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Please check if your submission contains confidential information</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="9117" w:type="dxa"/>
+        <w:tblInd w:w="-5" w:type="dxa"/>
+        <w:tblBorders>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="8550"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C23125" w:rsidRPr="00243066" w14:paraId="60C183DC" w14:textId="77777777" w:rsidTr="001354F0">
+        <w:trPr>
+          <w:trHeight w:val="789"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="48F99B71" w14:textId="15EC73DC" w:rsidR="00C23125" w:rsidRPr="00243066" w:rsidRDefault="00C23125" w:rsidP="001354F0">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                  <w:sz w:val="24"/>
+                  <w:szCs w:val="24"/>
+                </w:rPr>
+                <w:id w:val="1723556589"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="005C6BE9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="24"/>
+                    <w:szCs w:val="24"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="00243066">
+              <w:rPr>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8550" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4518BAC2" w14:textId="37497955" w:rsidR="00C23125" w:rsidRPr="00243066" w:rsidRDefault="00C23125" w:rsidP="001354F0">
+            <w:pPr>
+              <w:pStyle w:val="ListParagraph"/>
+              <w:spacing w:before="120" w:after="120" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="52EC1188">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve">I would like my submission (or identifiable parts of my submission) to be kept confidential and </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52EC1188">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>have stated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="52EC1188">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="single"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="52EC1188">
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:lang w:eastAsia="ko-KR"/>
+              </w:rPr>
+              <w:t>my reasons and ground under Section 9 of the Official Information Act that I believe apply, for consideration by MBIE and MFAT.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3B3EE542" w14:textId="60A44790" w:rsidR="005C6BE9" w:rsidRPr="00D24B7F" w:rsidRDefault="005C6BE9" w:rsidP="00FD4684">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="240" w:after="120"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00D24B7F">
+        <w:t>Note on</w:t>
+      </w:r>
+      <w:r w:rsidR="00F32DB5">
+        <w:t xml:space="preserve"> the use of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00D24B7F">
+        <w:t xml:space="preserve"> AI</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C3C4DD9" w14:textId="2C063104" w:rsidR="00524185" w:rsidRPr="005C6BE9" w:rsidRDefault="00C23125" w:rsidP="005C6BE9">
+      <w:pPr>
+        <w:pStyle w:val="NumberedParagraphLevel2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F46918">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>To help us process and understand submissions, we may use a</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rtificial intelligence (AI) </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46918">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t>tools</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> such as Microsoft Copilot</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46918">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to support our manual review (for example, to summarise key points). Before any AI analysis, all names and other personally identifying information</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (eg email addresses, phone numbers, office addresses and employment information)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F46918">
+        <w:rPr>
+          <w:rFonts w:eastAsia="Calibri" w:cstheme="minorHAnsi"/>
+          <w:noProof w:val="0"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> will be removed.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65FD73B1" w14:textId="6E729147" w:rsidR="00104B50" w:rsidRPr="00C1103D" w:rsidRDefault="00104B50" w:rsidP="00FD4684">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:spacing w:before="360" w:after="120"/>
+      </w:pPr>
       <w:r w:rsidRPr="00C1103D">
-        <w:lastRenderedPageBreak/>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00AB1B10" w:rsidRPr="00C1103D">
         <w:t>ubmitter information</w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00C1103D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="474C35D3" w14:textId="3EAC6C28" w:rsidR="003E6E08" w:rsidRPr="00243066" w:rsidRDefault="003E6E08" w:rsidP="00623023">
       <w:pPr>
         <w:spacing w:before="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00243066">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en"/>
         </w:rPr>
         <w:t>MBIE</w:t>
@@ -1016,51 +1445,51 @@
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:sz w:val="12"/>
           <w:szCs w:val="12"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="666D1643" w14:textId="77777777" w:rsidR="00A034E6" w:rsidRPr="00243066" w:rsidRDefault="00A034E6" w:rsidP="00243066">
       <w:pPr>
         <w:spacing w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00243066">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Are you making this submission on behalf of a business or organisation?</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="01FC04CD" w14:textId="77777777" w:rsidR="00A034E6" w:rsidRPr="00243066" w:rsidRDefault="005A1B5D" w:rsidP="00A034E6">
+    <w:p w14:paraId="01FC04CD" w14:textId="77777777" w:rsidR="00A034E6" w:rsidRPr="00243066" w:rsidRDefault="00FD4684" w:rsidP="00A034E6">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="963544133"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A034E6" w:rsidRPr="00243066">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
@@ -1214,597 +1643,78 @@
       <w:tr w:rsidR="00A034E6" w:rsidRPr="007725E8" w14:paraId="306F6B2E" w14:textId="77777777" w:rsidTr="00EC4D84">
         <w:trPr>
           <w:trHeight w:val="914"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8962" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
           <w:p w14:paraId="5B73BA2F" w14:textId="77777777" w:rsidR="00A034E6" w:rsidRDefault="00A034E6" w:rsidP="00BA29C3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5B5C608E" w14:textId="77777777" w:rsidR="00243066" w:rsidRDefault="00243066" w:rsidP="00BA29C3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7899C3DD" w14:textId="77777777" w:rsidR="00FF76A6" w:rsidRDefault="00FF76A6" w:rsidP="00BA29C3">
+          <w:p w14:paraId="780F3C5A" w14:textId="77777777" w:rsidR="00FF76A6" w:rsidRDefault="00FF76A6" w:rsidP="00BA29C3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="03FA327C" w14:textId="77777777" w:rsidR="00FF76A6" w:rsidRPr="007725E8" w:rsidRDefault="00FF76A6" w:rsidP="00BA29C3">
+          <w:p w14:paraId="25B85C80" w14:textId="77777777" w:rsidR="00FD4684" w:rsidRDefault="00FD4684" w:rsidP="00BA29C3">
+            <w:pPr>
+              <w:spacing w:before="120" w:after="120"/>
+              <w:rPr>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="03FA327C" w14:textId="77777777" w:rsidR="00FD4684" w:rsidRPr="007725E8" w:rsidRDefault="00FD4684" w:rsidP="00BA29C3">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1DA75C1C" w14:textId="77777777" w:rsidR="00EC4D84" w:rsidRDefault="00EC4D84" w:rsidP="00B510BB">
-[...526 lines deleted...]
-    <w:p w14:paraId="616D52DF" w14:textId="2A9279F3" w:rsidR="00E71BDB" w:rsidRDefault="00A034E6" w:rsidP="00B01270">
+    <w:p w14:paraId="616D52DF" w14:textId="65C09D6E" w:rsidR="00E71BDB" w:rsidRDefault="00A034E6" w:rsidP="00B01270">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r>
         <w:lastRenderedPageBreak/>
         <w:t>Consultation</w:t>
       </w:r>
       <w:r w:rsidR="00FB34C2">
         <w:t xml:space="preserve"> on the draft Long-term Insights Briefing</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7D188DA0" w14:textId="2D94013D" w:rsidR="00FB34C2" w:rsidRPr="00FB34C2" w:rsidRDefault="00FB34C2" w:rsidP="00FB34C2">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:spacing w:before="0" w:after="120" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
           <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-NZ"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00FB34C2">
         <w:rPr>
@@ -2078,67 +1988,51 @@
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00FB34C2" w:rsidRPr="00FB34C2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Reflecting on the framework presented in Section 5 of the Briefing</w:t>
       </w:r>
       <w:r w:rsidR="005A1B5D">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (page 25)</w:t>
       </w:r>
       <w:r w:rsidR="00FB34C2" w:rsidRPr="00FB34C2">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">, do you have any other suggestions for how government could identify and enable high productivity sectors or activities with growth potential? For example, what factors could be </w:t>
-[...15 lines deleted...]
-        <w:t>, or what process do you suggest for analysis or engagement?</w:t>
+        <w:t>, do you have any other suggestions for how government could identify and enable high productivity sectors or activities with growth potential? For example, what factors could be taken into account, or what process do you suggest for analysis or engagement?</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="8646" w:type="dxa"/>
         <w:tblInd w:w="426" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="E8F9D9"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="8646"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FF76A6" w:rsidRPr="007725E8" w14:paraId="2EE888A9" w14:textId="77777777" w:rsidTr="2684EE67">
         <w:trPr>
           <w:trHeight w:val="422"/>
         </w:trPr>
@@ -2436,51 +2330,51 @@
         <w:t>Would you or your organisation like to meet with us directly to share feedback on the Briefing, in addition to submitting written comments?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="17F87B35" w14:textId="137A212B" w:rsidR="00A034E6" w:rsidRDefault="00F821E9" w:rsidP="00F821E9">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00F821E9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>We’re offering the option of online or in-person meetings with the project team during the consultation period, from 23 October to 17 November 2025.</w:t>
       </w:r>
       <w:r w:rsidR="00141BCF">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72F5D5CE" w14:textId="4E96871A" w:rsidR="00FF76A6" w:rsidRPr="00243066" w:rsidRDefault="005A1B5D" w:rsidP="003D2C46">
+    <w:p w14:paraId="72F5D5CE" w14:textId="4E96871A" w:rsidR="00FF76A6" w:rsidRPr="00243066" w:rsidRDefault="00FD4684" w:rsidP="003D2C46">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:eastAsia="MS Gothic" w:cstheme="minorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
           <w:id w:val="741603124"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FF76A6" w:rsidRPr="00243066">
@@ -3397,51 +3291,51 @@
                       </w:rPr>
                       <w:t xml:space="preserve"> </w:t>
                     </w:r>
                     <w:r w:rsidR="00BB7BF6">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:drawing>
                         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="4856E7E5" wp14:editId="03D8CBEC">
                           <wp:extent cx="2639290" cy="490174"/>
                           <wp:effectExtent l="0" t="0" r="0" b="5715"/>
                           <wp:docPr id="1794274233" name="Picture 2"/>
                           <wp:cNvGraphicFramePr>
                             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                           </wp:cNvGraphicFramePr>
                           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:nvPicPr>
                                   <pic:cNvPr id="0" name="Picture 2"/>
                                   <pic:cNvPicPr>
                                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                   </pic:cNvPicPr>
                                 </pic:nvPicPr>
                                 <pic:blipFill>
-                                  <a:blip r:embed="rId1">
+                                  <a:blip r:embed="rId3">
                                     <a:extLst>
                                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                       </a:ext>
                                     </a:extLst>
                                   </a:blip>
                                   <a:srcRect/>
                                   <a:stretch>
                                     <a:fillRect/>
                                   </a:stretch>
                                 </pic:blipFill>
                                 <pic:spPr bwMode="auto">
                                   <a:xfrm>
                                     <a:off x="0" y="0"/>
                                     <a:ext cx="2868402" cy="532725"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                   <a:noFill/>
                                   <a:ln>
                                     <a:noFill/>
                                   </a:ln>
                                 </pic:spPr>
                               </pic:pic>
@@ -3474,51 +3368,51 @@
                       </w:rPr>
                       <w:t xml:space="preserve">  </w:t>
                     </w:r>
                     <w:r w:rsidR="009E6F4F">
                       <w:rPr>
                         <w:noProof/>
                       </w:rPr>
                       <w:drawing>
                         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="36E54844" wp14:editId="5B3C14D1">
                           <wp:extent cx="2408285" cy="651164"/>
                           <wp:effectExtent l="0" t="0" r="0" b="0"/>
                           <wp:docPr id="137691628" name="Picture 5"/>
                           <wp:cNvGraphicFramePr>
                             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                           </wp:cNvGraphicFramePr>
                           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                                 <pic:nvPicPr>
                                   <pic:cNvPr id="0" name="Picture 8"/>
                                   <pic:cNvPicPr preferRelativeResize="0">
                                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                                   </pic:cNvPicPr>
                                 </pic:nvPicPr>
                                 <pic:blipFill rotWithShape="1">
-                                  <a:blip r:embed="rId2">
+                                  <a:blip r:embed="rId4">
                                     <a:extLst>
                                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                                       </a:ext>
                                     </a:extLst>
                                   </a:blip>
                                   <a:srcRect t="13561" b="11835"/>
                                   <a:stretch/>
                                 </pic:blipFill>
                                 <pic:spPr bwMode="auto">
                                   <a:xfrm>
                                     <a:off x="0" y="0"/>
                                     <a:ext cx="2547767" cy="688878"/>
                                   </a:xfrm>
                                   <a:prstGeom prst="rect">
                                     <a:avLst/>
                                   </a:prstGeom>
                                   <a:noFill/>
                                   <a:ln>
                                     <a:noFill/>
                                   </a:ln>
                                   <a:extLst>
                                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                                     </a:ext>
@@ -5961,52 +5855,51 @@
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1494680737">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="33" w16cid:durableId="1938710805">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="34" w16cid:durableId="579219005">
     <w:abstractNumId w:val="15"/>
   </w:num>
   <w:num w:numId="35" w16cid:durableId="1628513494">
     <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="36" w16cid:durableId="535003096">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="37" w16cid:durableId="1828520939">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="13"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="92"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="91"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="1F08" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="005B69E3"/>
@@ -6110,50 +6003,51 @@
     <w:rsid w:val="00147B8A"/>
     <w:rsid w:val="0015136F"/>
     <w:rsid w:val="0015472A"/>
     <w:rsid w:val="00155F9F"/>
     <w:rsid w:val="0015698D"/>
     <w:rsid w:val="00160F05"/>
     <w:rsid w:val="001615F4"/>
     <w:rsid w:val="00161DA3"/>
     <w:rsid w:val="00163130"/>
     <w:rsid w:val="00165B2A"/>
     <w:rsid w:val="00166152"/>
     <w:rsid w:val="001702D4"/>
     <w:rsid w:val="00171D9A"/>
     <w:rsid w:val="00171F29"/>
     <w:rsid w:val="001727E4"/>
     <w:rsid w:val="001744F1"/>
     <w:rsid w:val="00174A35"/>
     <w:rsid w:val="00176075"/>
     <w:rsid w:val="00176EBC"/>
     <w:rsid w:val="00181605"/>
     <w:rsid w:val="00184EA9"/>
     <w:rsid w:val="001873D6"/>
     <w:rsid w:val="00190435"/>
     <w:rsid w:val="00190A18"/>
     <w:rsid w:val="00196714"/>
+    <w:rsid w:val="001A0FD9"/>
     <w:rsid w:val="001A22B6"/>
     <w:rsid w:val="001A2407"/>
     <w:rsid w:val="001A39C6"/>
     <w:rsid w:val="001A5241"/>
     <w:rsid w:val="001A6186"/>
     <w:rsid w:val="001A79DC"/>
     <w:rsid w:val="001A7D06"/>
     <w:rsid w:val="001B13B3"/>
     <w:rsid w:val="001B2A21"/>
     <w:rsid w:val="001B77A9"/>
     <w:rsid w:val="001B7E23"/>
     <w:rsid w:val="001C0C30"/>
     <w:rsid w:val="001C1050"/>
     <w:rsid w:val="001C23FE"/>
     <w:rsid w:val="001D00A0"/>
     <w:rsid w:val="001D0E37"/>
     <w:rsid w:val="001D4DC2"/>
     <w:rsid w:val="001E3286"/>
     <w:rsid w:val="001E4882"/>
     <w:rsid w:val="001E557A"/>
     <w:rsid w:val="001E5C98"/>
     <w:rsid w:val="001E79B2"/>
     <w:rsid w:val="001E7C56"/>
     <w:rsid w:val="001F412F"/>
     <w:rsid w:val="001F68C4"/>
@@ -6381,50 +6275,51 @@
     <w:rsid w:val="004D0150"/>
     <w:rsid w:val="004D0196"/>
     <w:rsid w:val="004D155E"/>
     <w:rsid w:val="004D25BE"/>
     <w:rsid w:val="004D4713"/>
     <w:rsid w:val="004D7F03"/>
     <w:rsid w:val="004E10F6"/>
     <w:rsid w:val="004E240E"/>
     <w:rsid w:val="004E2547"/>
     <w:rsid w:val="004E7C44"/>
     <w:rsid w:val="004F1645"/>
     <w:rsid w:val="004F3D85"/>
     <w:rsid w:val="004F3E0F"/>
     <w:rsid w:val="004F6F0E"/>
     <w:rsid w:val="00501FC3"/>
     <w:rsid w:val="005033A4"/>
     <w:rsid w:val="00504EA9"/>
     <w:rsid w:val="00507FDF"/>
     <w:rsid w:val="00510D81"/>
     <w:rsid w:val="00512814"/>
     <w:rsid w:val="00512900"/>
     <w:rsid w:val="00513CF8"/>
     <w:rsid w:val="005143E7"/>
     <w:rsid w:val="005170B3"/>
     <w:rsid w:val="00521F52"/>
+    <w:rsid w:val="00524185"/>
     <w:rsid w:val="0052481A"/>
     <w:rsid w:val="005304C5"/>
     <w:rsid w:val="00531565"/>
     <w:rsid w:val="005320F7"/>
     <w:rsid w:val="005333C3"/>
     <w:rsid w:val="00534615"/>
     <w:rsid w:val="00537AD9"/>
     <w:rsid w:val="00541488"/>
     <w:rsid w:val="005453B9"/>
     <w:rsid w:val="0054727A"/>
     <w:rsid w:val="00547610"/>
     <w:rsid w:val="00551DB4"/>
     <w:rsid w:val="00551ECD"/>
     <w:rsid w:val="005544AD"/>
     <w:rsid w:val="005609CB"/>
     <w:rsid w:val="00562D1A"/>
     <w:rsid w:val="00570193"/>
     <w:rsid w:val="00570240"/>
     <w:rsid w:val="00570313"/>
     <w:rsid w:val="005711CC"/>
     <w:rsid w:val="00572103"/>
     <w:rsid w:val="005724EB"/>
     <w:rsid w:val="00573878"/>
     <w:rsid w:val="0057613C"/>
     <w:rsid w:val="00576251"/>
@@ -6435,81 +6330,83 @@
     <w:rsid w:val="00587038"/>
     <w:rsid w:val="00590874"/>
     <w:rsid w:val="00590D10"/>
     <w:rsid w:val="005910DB"/>
     <w:rsid w:val="00591D68"/>
     <w:rsid w:val="00592B59"/>
     <w:rsid w:val="0059318F"/>
     <w:rsid w:val="00594D7D"/>
     <w:rsid w:val="00595C71"/>
     <w:rsid w:val="0059723F"/>
     <w:rsid w:val="00597DCE"/>
     <w:rsid w:val="005A03DE"/>
     <w:rsid w:val="005A07C7"/>
     <w:rsid w:val="005A1B5D"/>
     <w:rsid w:val="005A1F3E"/>
     <w:rsid w:val="005A374D"/>
     <w:rsid w:val="005B40EA"/>
     <w:rsid w:val="005B4B37"/>
     <w:rsid w:val="005B5A66"/>
     <w:rsid w:val="005B69E3"/>
     <w:rsid w:val="005C2B63"/>
     <w:rsid w:val="005C3B17"/>
     <w:rsid w:val="005C4214"/>
     <w:rsid w:val="005C5C40"/>
     <w:rsid w:val="005C61A1"/>
+    <w:rsid w:val="005C6BE9"/>
     <w:rsid w:val="005C6EA4"/>
     <w:rsid w:val="005D26E4"/>
     <w:rsid w:val="005D4AC5"/>
     <w:rsid w:val="005D664C"/>
     <w:rsid w:val="005D672C"/>
     <w:rsid w:val="005D76FF"/>
     <w:rsid w:val="005D781F"/>
     <w:rsid w:val="005E002E"/>
     <w:rsid w:val="005E0C04"/>
     <w:rsid w:val="005E12BB"/>
     <w:rsid w:val="005F07AE"/>
     <w:rsid w:val="005F7321"/>
     <w:rsid w:val="006004CB"/>
     <w:rsid w:val="00602425"/>
     <w:rsid w:val="00602B7E"/>
     <w:rsid w:val="006069EF"/>
     <w:rsid w:val="006129EA"/>
     <w:rsid w:val="0061636A"/>
     <w:rsid w:val="006163C7"/>
     <w:rsid w:val="006174F2"/>
     <w:rsid w:val="006176CC"/>
     <w:rsid w:val="006209ED"/>
     <w:rsid w:val="0062126C"/>
     <w:rsid w:val="00623023"/>
     <w:rsid w:val="0062588B"/>
     <w:rsid w:val="00625C94"/>
     <w:rsid w:val="00627B15"/>
     <w:rsid w:val="00633578"/>
     <w:rsid w:val="006337F6"/>
     <w:rsid w:val="00633FE9"/>
     <w:rsid w:val="00634060"/>
+    <w:rsid w:val="006354EC"/>
     <w:rsid w:val="00635924"/>
     <w:rsid w:val="006438F7"/>
     <w:rsid w:val="006470CC"/>
     <w:rsid w:val="00651086"/>
     <w:rsid w:val="006579AD"/>
     <w:rsid w:val="00660851"/>
     <w:rsid w:val="00662837"/>
     <w:rsid w:val="006631C3"/>
     <w:rsid w:val="00664C08"/>
     <w:rsid w:val="0067194B"/>
     <w:rsid w:val="00673810"/>
     <w:rsid w:val="00673F19"/>
     <w:rsid w:val="006754DE"/>
     <w:rsid w:val="006754EA"/>
     <w:rsid w:val="00675B43"/>
     <w:rsid w:val="00676243"/>
     <w:rsid w:val="006770CF"/>
     <w:rsid w:val="006828D9"/>
     <w:rsid w:val="00684131"/>
     <w:rsid w:val="006842CE"/>
     <w:rsid w:val="0068536B"/>
     <w:rsid w:val="0068634A"/>
     <w:rsid w:val="0068657C"/>
     <w:rsid w:val="00687442"/>
     <w:rsid w:val="0069242C"/>
@@ -6917,50 +6814,51 @@
     <w:rsid w:val="00BB7E8D"/>
     <w:rsid w:val="00BC2C7E"/>
     <w:rsid w:val="00BC450A"/>
     <w:rsid w:val="00BC5B0E"/>
     <w:rsid w:val="00BC70AA"/>
     <w:rsid w:val="00BD5B13"/>
     <w:rsid w:val="00BE3284"/>
     <w:rsid w:val="00BE5F1C"/>
     <w:rsid w:val="00BE6727"/>
     <w:rsid w:val="00BE6C98"/>
     <w:rsid w:val="00BE6D7A"/>
     <w:rsid w:val="00BF1555"/>
     <w:rsid w:val="00BF2493"/>
     <w:rsid w:val="00BF2AA2"/>
     <w:rsid w:val="00BF40E3"/>
     <w:rsid w:val="00BF4C99"/>
     <w:rsid w:val="00BF5104"/>
     <w:rsid w:val="00BF71C4"/>
     <w:rsid w:val="00C00162"/>
     <w:rsid w:val="00C00FD5"/>
     <w:rsid w:val="00C07C8F"/>
     <w:rsid w:val="00C1103D"/>
     <w:rsid w:val="00C118BF"/>
     <w:rsid w:val="00C16493"/>
     <w:rsid w:val="00C22065"/>
+    <w:rsid w:val="00C23125"/>
     <w:rsid w:val="00C266FB"/>
     <w:rsid w:val="00C26A6D"/>
     <w:rsid w:val="00C31B5C"/>
     <w:rsid w:val="00C32609"/>
     <w:rsid w:val="00C35D85"/>
     <w:rsid w:val="00C4170A"/>
     <w:rsid w:val="00C42849"/>
     <w:rsid w:val="00C44940"/>
     <w:rsid w:val="00C45213"/>
     <w:rsid w:val="00C467CC"/>
     <w:rsid w:val="00C47480"/>
     <w:rsid w:val="00C475A9"/>
     <w:rsid w:val="00C51EC2"/>
     <w:rsid w:val="00C52CB7"/>
     <w:rsid w:val="00C54E2A"/>
     <w:rsid w:val="00C56D22"/>
     <w:rsid w:val="00C60480"/>
     <w:rsid w:val="00C622A5"/>
     <w:rsid w:val="00C627BE"/>
     <w:rsid w:val="00C63C20"/>
     <w:rsid w:val="00C64C81"/>
     <w:rsid w:val="00C666D7"/>
     <w:rsid w:val="00C66AEC"/>
     <w:rsid w:val="00C70F98"/>
     <w:rsid w:val="00C7304B"/>
@@ -6987,50 +6885,51 @@
     <w:rsid w:val="00CC7B74"/>
     <w:rsid w:val="00CD02E8"/>
     <w:rsid w:val="00CD79D5"/>
     <w:rsid w:val="00CE09F9"/>
     <w:rsid w:val="00CE0CE7"/>
     <w:rsid w:val="00CE0DB6"/>
     <w:rsid w:val="00CE3EC1"/>
     <w:rsid w:val="00CE68EA"/>
     <w:rsid w:val="00CE69A0"/>
     <w:rsid w:val="00CF36AC"/>
     <w:rsid w:val="00CF37BC"/>
     <w:rsid w:val="00CF3B65"/>
     <w:rsid w:val="00CF3BCF"/>
     <w:rsid w:val="00D00575"/>
     <w:rsid w:val="00D027AB"/>
     <w:rsid w:val="00D03046"/>
     <w:rsid w:val="00D13F6E"/>
     <w:rsid w:val="00D1404D"/>
     <w:rsid w:val="00D14176"/>
     <w:rsid w:val="00D14CD9"/>
     <w:rsid w:val="00D15FF5"/>
     <w:rsid w:val="00D178A3"/>
     <w:rsid w:val="00D17991"/>
     <w:rsid w:val="00D17B6C"/>
     <w:rsid w:val="00D233DA"/>
+    <w:rsid w:val="00D24B7F"/>
     <w:rsid w:val="00D25718"/>
     <w:rsid w:val="00D259AE"/>
     <w:rsid w:val="00D27A4B"/>
     <w:rsid w:val="00D3063C"/>
     <w:rsid w:val="00D30756"/>
     <w:rsid w:val="00D3321F"/>
     <w:rsid w:val="00D376F0"/>
     <w:rsid w:val="00D400A1"/>
     <w:rsid w:val="00D40499"/>
     <w:rsid w:val="00D41D75"/>
     <w:rsid w:val="00D45AFD"/>
     <w:rsid w:val="00D473DE"/>
     <w:rsid w:val="00D47483"/>
     <w:rsid w:val="00D50939"/>
     <w:rsid w:val="00D528B3"/>
     <w:rsid w:val="00D57B19"/>
     <w:rsid w:val="00D61399"/>
     <w:rsid w:val="00D654AF"/>
     <w:rsid w:val="00D70BE4"/>
     <w:rsid w:val="00D72E09"/>
     <w:rsid w:val="00D74EEF"/>
     <w:rsid w:val="00D757EC"/>
     <w:rsid w:val="00D813FB"/>
     <w:rsid w:val="00D81672"/>
     <w:rsid w:val="00D837BD"/>
@@ -7077,50 +6976,51 @@
     <w:rsid w:val="00E04EC0"/>
     <w:rsid w:val="00E05060"/>
     <w:rsid w:val="00E050CF"/>
     <w:rsid w:val="00E078CB"/>
     <w:rsid w:val="00E12985"/>
     <w:rsid w:val="00E138A4"/>
     <w:rsid w:val="00E13A4F"/>
     <w:rsid w:val="00E155E5"/>
     <w:rsid w:val="00E22896"/>
     <w:rsid w:val="00E2329B"/>
     <w:rsid w:val="00E25EEA"/>
     <w:rsid w:val="00E261F6"/>
     <w:rsid w:val="00E32520"/>
     <w:rsid w:val="00E32C44"/>
     <w:rsid w:val="00E33130"/>
     <w:rsid w:val="00E401AA"/>
     <w:rsid w:val="00E41979"/>
     <w:rsid w:val="00E54138"/>
     <w:rsid w:val="00E551A0"/>
     <w:rsid w:val="00E566A1"/>
     <w:rsid w:val="00E56DF3"/>
     <w:rsid w:val="00E56DF4"/>
     <w:rsid w:val="00E578E4"/>
     <w:rsid w:val="00E60EA1"/>
     <w:rsid w:val="00E6154D"/>
+    <w:rsid w:val="00E62314"/>
     <w:rsid w:val="00E6232A"/>
     <w:rsid w:val="00E63295"/>
     <w:rsid w:val="00E65CB2"/>
     <w:rsid w:val="00E71639"/>
     <w:rsid w:val="00E71BDB"/>
     <w:rsid w:val="00E72808"/>
     <w:rsid w:val="00E72FD5"/>
     <w:rsid w:val="00E7375F"/>
     <w:rsid w:val="00E73813"/>
     <w:rsid w:val="00E739D7"/>
     <w:rsid w:val="00E75C37"/>
     <w:rsid w:val="00E82152"/>
     <w:rsid w:val="00E82A44"/>
     <w:rsid w:val="00E8354C"/>
     <w:rsid w:val="00E8449A"/>
     <w:rsid w:val="00E93C2F"/>
     <w:rsid w:val="00E95204"/>
     <w:rsid w:val="00E972BA"/>
     <w:rsid w:val="00E97393"/>
     <w:rsid w:val="00EA2CCC"/>
     <w:rsid w:val="00EA3924"/>
     <w:rsid w:val="00EA6A67"/>
     <w:rsid w:val="00EB1948"/>
     <w:rsid w:val="00EB22CD"/>
     <w:rsid w:val="00EC01DC"/>
@@ -7141,94 +7041,96 @@
     <w:rsid w:val="00EE2564"/>
     <w:rsid w:val="00EE446A"/>
     <w:rsid w:val="00EE4996"/>
     <w:rsid w:val="00EE6203"/>
     <w:rsid w:val="00EE6F48"/>
     <w:rsid w:val="00EF1C3E"/>
     <w:rsid w:val="00EF3FAA"/>
     <w:rsid w:val="00EF798E"/>
     <w:rsid w:val="00EF7EB1"/>
     <w:rsid w:val="00F0171C"/>
     <w:rsid w:val="00F04A36"/>
     <w:rsid w:val="00F04B6A"/>
     <w:rsid w:val="00F110C4"/>
     <w:rsid w:val="00F13D32"/>
     <w:rsid w:val="00F140D0"/>
     <w:rsid w:val="00F15308"/>
     <w:rsid w:val="00F15B77"/>
     <w:rsid w:val="00F16322"/>
     <w:rsid w:val="00F17A76"/>
     <w:rsid w:val="00F2239A"/>
     <w:rsid w:val="00F23DA6"/>
     <w:rsid w:val="00F23F0C"/>
     <w:rsid w:val="00F24BAB"/>
     <w:rsid w:val="00F25307"/>
     <w:rsid w:val="00F30BC7"/>
+    <w:rsid w:val="00F32DB5"/>
     <w:rsid w:val="00F36469"/>
     <w:rsid w:val="00F3771D"/>
     <w:rsid w:val="00F41FCC"/>
     <w:rsid w:val="00F44E7E"/>
     <w:rsid w:val="00F46918"/>
     <w:rsid w:val="00F50623"/>
     <w:rsid w:val="00F5174B"/>
     <w:rsid w:val="00F51BC3"/>
     <w:rsid w:val="00F54CEB"/>
     <w:rsid w:val="00F5623E"/>
     <w:rsid w:val="00F579A6"/>
     <w:rsid w:val="00F60316"/>
     <w:rsid w:val="00F61218"/>
     <w:rsid w:val="00F63532"/>
     <w:rsid w:val="00F6680B"/>
     <w:rsid w:val="00F66D96"/>
     <w:rsid w:val="00F73E2D"/>
     <w:rsid w:val="00F75778"/>
     <w:rsid w:val="00F80129"/>
     <w:rsid w:val="00F805A0"/>
     <w:rsid w:val="00F805FF"/>
     <w:rsid w:val="00F821E9"/>
     <w:rsid w:val="00F8226B"/>
     <w:rsid w:val="00F86791"/>
     <w:rsid w:val="00F870D6"/>
     <w:rsid w:val="00F92168"/>
     <w:rsid w:val="00F940B6"/>
     <w:rsid w:val="00F9595E"/>
     <w:rsid w:val="00FA31D8"/>
     <w:rsid w:val="00FA4B89"/>
     <w:rsid w:val="00FA6412"/>
     <w:rsid w:val="00FB23DC"/>
     <w:rsid w:val="00FB2EDB"/>
     <w:rsid w:val="00FB34C2"/>
     <w:rsid w:val="00FB389C"/>
     <w:rsid w:val="00FC0D7C"/>
     <w:rsid w:val="00FC16C5"/>
     <w:rsid w:val="00FC2467"/>
     <w:rsid w:val="00FC251C"/>
     <w:rsid w:val="00FC27E2"/>
     <w:rsid w:val="00FC3BBC"/>
     <w:rsid w:val="00FD0612"/>
     <w:rsid w:val="00FD1B2E"/>
     <w:rsid w:val="00FD1EE1"/>
+    <w:rsid w:val="00FD4684"/>
     <w:rsid w:val="00FD5942"/>
     <w:rsid w:val="00FD5FDE"/>
     <w:rsid w:val="00FD7038"/>
     <w:rsid w:val="00FD7E80"/>
     <w:rsid w:val="00FE0F9B"/>
     <w:rsid w:val="00FE6375"/>
     <w:rsid w:val="00FE75E9"/>
     <w:rsid w:val="00FF01A8"/>
     <w:rsid w:val="00FF0E5F"/>
     <w:rsid w:val="00FF1E4F"/>
     <w:rsid w:val="00FF205E"/>
     <w:rsid w:val="00FF2A40"/>
     <w:rsid w:val="00FF339F"/>
     <w:rsid w:val="00FF485E"/>
     <w:rsid w:val="00FF4933"/>
     <w:rsid w:val="00FF5475"/>
     <w:rsid w:val="00FF7417"/>
     <w:rsid w:val="00FF76A6"/>
     <w:rsid w:val="01AFA208"/>
     <w:rsid w:val="09969214"/>
     <w:rsid w:val="0BF93675"/>
     <w:rsid w:val="23BAB576"/>
     <w:rsid w:val="2684EE67"/>
     <w:rsid w:val="28D212FB"/>
     <w:rsid w:val="377760CF"/>
@@ -10160,51 +10062,51 @@
     <w:div w:id="2139759345">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:LTIB@mbie.govt.nz" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image20.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\HealyK1\Downloads\NZG%20Submission%20Form%20Template%20JUNE24%20(1).dotx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="MBIE">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="006171"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="00B5E1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="111C4D"/>
       </a:accent1>
@@ -10469,77 +10371,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...16 lines deleted...]
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bb98d69a-8cc6-47c3-88a0-f55654817fd2" xmlns:ns3="919a80a5-1df8-4f38-8a9b-85e3cd3bebf8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="1c6c5f083d93aa47844e0e9938d839c5" ns2:_="" ns3:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A0DD0ACBDC2E734E9C1D5FA111C7F60A" ma:contentTypeVersion="12" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="a0ac248148eb3d5b33cbd451004a5df8">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="bb98d69a-8cc6-47c3-88a0-f55654817fd2" xmlns:ns3="919a80a5-1df8-4f38-8a9b-85e3cd3bebf8" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="7bb49aaae70847fdc53fd6a5d5332ae4" ns2:_="" ns3:_="">
     <xsd:import namespace="bb98d69a-8cc6-47c3-88a0-f55654817fd2"/>
     <xsd:import namespace="919a80a5-1df8-4f38-8a9b-85e3cd3bebf8"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:Notes" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
                 <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
@@ -10696,126 +10577,162 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-[...13 lines deleted...]
-</ds:datastoreItem>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Notes xmlns="bb98d69a-8cc6-47c3-88a0-f55654817fd2" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="bb98d69a-8cc6-47c3-88a0-f55654817fd2">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <TaxCatchAll xmlns="919a80a5-1df8-4f38-8a9b-85e3cd3bebf8" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{03BBE6A2-8D19-4C44-A90F-CDEBF950DBBB}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AC519A93-1A0F-4D9D-B3FE-72D60FE5EC3E}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4BAA3588-D869-4E91-A18D-EC064769C051}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="bb98d69a-8cc6-47c3-88a0-f55654817fd2"/>
     <ds:schemaRef ds:uri="919a80a5-1df8-4f38-8a9b-85e3cd3bebf8"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E5AA7FD7-C84F-432F-BA0F-3216600300F0}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AB029038-09A1-4745-B69C-95EA1A6A6740}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="bb98d69a-8cc6-47c3-88a0-f55654817fd2"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="919a80a5-1df8-4f38-8a9b-85e3cd3bebf8"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>NZG Submission Form Template JUNE24 (1)</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>766</Words>
-  <Characters>4049</Characters>
+  <Words>793</Words>
+  <Characters>4209</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>126</Lines>
-  <Paragraphs>52</Paragraphs>
+  <Lines>131</Lines>
+  <Paragraphs>55</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
+  <HeadingPairs>
+    <vt:vector size="2" baseType="variant">
+      <vt:variant>
+        <vt:lpstr>Title</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+    </vt:vector>
+  </HeadingPairs>
+  <TitlesOfParts>
+    <vt:vector size="1" baseType="lpstr">
+      <vt:lpstr/>
+    </vt:vector>
+  </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4763</CharactersWithSpaces>
+  <CharactersWithSpaces>4947</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Long-term insights briefing draft consultation submission form</dc:title>
+  <dc:title>long term insights briefing draft consultation submission form</dc:title>
   <dc:creator/>
   <dc:description/>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_738466f7-346c-47bb-a4d2-4a6558d61975_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_738466f7-346c-47bb-a4d2-4a6558d61975_SetDate">
     <vt:lpwstr>2024-04-16T04:01:54Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_738466f7-346c-47bb-a4d2-4a6558d61975_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_738466f7-346c-47bb-a4d2-4a6558d61975_Name">
     <vt:lpwstr>UNCLASSIFIED</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_738466f7-346c-47bb-a4d2-4a6558d61975_SiteId">
     <vt:lpwstr>78b2bd11-e42b-47ea-b011-2e04c3af5ec1</vt:lpwstr>
   </property>